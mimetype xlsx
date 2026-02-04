--- v0 (2025-12-11)
+++ v1 (2026-02-04)
@@ -371,93 +371,93 @@
   <si>
     <t>04.12.25  12:19:12</t>
   </si>
   <si>
     <t>8359Про передачу в оренду земельних ділянок</t>
   </si>
   <si>
     <t>04.12.25  12:21:02</t>
   </si>
   <si>
     <t>8360Про продовження терміну дії договору оренди Укрнафта</t>
   </si>
   <si>
     <t>За: 52</t>
   </si>
   <si>
     <t>За: 46</t>
   </si>
   <si>
     <t>За: 37</t>
   </si>
   <si>
     <t>За: 48</t>
   </si>
   <si>
+    <t>За: 50</t>
+  </si>
+  <si>
+    <t>За: 0</t>
+  </si>
+  <si>
     <t>За: 51</t>
   </si>
   <si>
-    <t>За: 0</t>
-[...1 lines deleted...]
-  <si>
     <t>За: 47</t>
   </si>
   <si>
     <t>За: 29</t>
   </si>
   <si>
     <t>За: 49</t>
   </si>
   <si>
-    <t>За: 50</t>
-[...1 lines deleted...]
-  <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 5</t>
   </si>
   <si>
     <t>Не голос.: 14</t>
   </si>
   <si>
     <t>Не голос.: 4</t>
   </si>
   <si>
+    <t>Не голос.: 2</t>
+  </si>
+  <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Не голос.: 23</t>
-  </si>
-[...1 lines deleted...]
-    <t>Не голос.: 2</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
     <t>Відсут.: 1</t>
   </si>
   <si>
     <t>Відсут.: 52</t>
   </si>
   <si>
     <t>Відсут.: 2</t>
   </si>
   <si>
     <t>Відсут.: 31</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
@@ -7318,87 +7318,87 @@
       </c>
       <c r="AP51" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AQ51" t="s" s="5">
         <v>47</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>112</v>
       </c>
       <c r="C52" t="s" s="4">
         <v>113</v>
       </c>
       <c r="D52" t="s">
         <v>41</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="G52" t="s">
         <v>44</v>
       </c>
       <c r="H52" t="s">
         <v>45</v>
       </c>
       <c r="I52" t="s" s="5">
         <v>46</v>
       </c>
       <c r="J52" t="s" s="5">
         <v>46</v>
       </c>
       <c r="K52" t="s" s="5">
         <v>46</v>
       </c>
       <c r="L52" t="s" s="5">
         <v>46</v>
       </c>
       <c r="M52" t="s" s="5">
         <v>46</v>
       </c>
       <c r="N52" t="s" s="5">
         <v>46</v>
       </c>
       <c r="O52" t="s" s="5">
         <v>46</v>
       </c>
       <c r="P52" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R52" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="S52" t="s" s="5">
         <v>47</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>46</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>46</v>
       </c>
       <c r="V52" t="s" s="5">
         <v>47</v>
       </c>
       <c r="W52" t="s" s="5">
         <v>47</v>
       </c>
       <c r="X52" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Y52" t="s" s="5">
         <v>47</v>
       </c>
       <c r="Z52" t="s" s="5">
         <v>46</v>
       </c>
@@ -7609,111 +7609,111 @@
       <c r="M54" t="s">
         <v>116</v>
       </c>
       <c r="N54" t="s">
         <v>118</v>
       </c>
       <c r="O54" t="s">
         <v>116</v>
       </c>
       <c r="P54" t="s">
         <v>119</v>
       </c>
       <c r="Q54" t="s">
         <v>116</v>
       </c>
       <c r="R54" t="s">
         <v>120</v>
       </c>
       <c r="S54" t="s">
         <v>121</v>
       </c>
       <c r="T54" t="s">
         <v>116</v>
       </c>
       <c r="U54" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="V54" t="s">
         <v>121</v>
       </c>
       <c r="W54" t="s">
         <v>121</v>
       </c>
       <c r="X54" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="Y54" t="s">
         <v>121</v>
       </c>
       <c r="Z54" t="s">
         <v>116</v>
       </c>
       <c r="AA54" t="s">
         <v>110</v>
       </c>
       <c r="AB54" t="s">
         <v>121</v>
       </c>
       <c r="AC54" t="s">
         <v>121</v>
       </c>
       <c r="AD54" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AE54" t="s">
         <v>116</v>
       </c>
       <c r="AF54" t="s">
         <v>119</v>
       </c>
       <c r="AG54" t="s">
         <v>121</v>
       </c>
       <c r="AH54" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AI54" t="s">
         <v>121</v>
       </c>
       <c r="AJ54" t="s">
         <v>121</v>
       </c>
       <c r="AK54" t="s">
         <v>121</v>
       </c>
       <c r="AL54" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AM54" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="AN54" t="s">
         <v>121</v>
       </c>
       <c r="AO54" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="AP54" t="s">
         <v>116</v>
       </c>
       <c r="AQ54" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="55">
       <c r="A55"/>
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55"/>
       <c r="H55"/>
       <c r="I55" t="s">
         <v>44</v>
       </c>
       <c r="J55" t="s">
         <v>44</v>
       </c>
       <c r="K55" t="s">
         <v>44</v>
@@ -7954,111 +7954,111 @@
       <c r="M57" t="s">
         <v>127</v>
       </c>
       <c r="N57" t="s">
         <v>129</v>
       </c>
       <c r="O57" t="s">
         <v>127</v>
       </c>
       <c r="P57" t="s">
         <v>130</v>
       </c>
       <c r="Q57" t="s">
         <v>127</v>
       </c>
       <c r="R57" t="s">
         <v>131</v>
       </c>
       <c r="S57" t="s">
         <v>127</v>
       </c>
       <c r="T57" t="s">
         <v>127</v>
       </c>
       <c r="U57" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="V57" t="s">
         <v>127</v>
       </c>
       <c r="W57" t="s">
         <v>127</v>
       </c>
       <c r="X57" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="Y57" t="s">
         <v>127</v>
       </c>
       <c r="Z57" t="s">
         <v>127</v>
       </c>
       <c r="AA57" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AB57" t="s">
         <v>127</v>
       </c>
       <c r="AC57" t="s">
         <v>127</v>
       </c>
       <c r="AD57" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AE57" t="s">
         <v>127</v>
       </c>
       <c r="AF57" t="s">
         <v>130</v>
       </c>
       <c r="AG57" t="s">
         <v>127</v>
       </c>
       <c r="AH57" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="AI57" t="s">
         <v>127</v>
       </c>
       <c r="AJ57" t="s">
         <v>127</v>
       </c>
       <c r="AK57" t="s">
         <v>127</v>
       </c>
       <c r="AL57" t="s">
+        <v>133</v>
+      </c>
+      <c r="AM57" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="AN57" t="s">
         <v>127</v>
       </c>
       <c r="AO57" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="AP57" t="s">
         <v>127</v>
       </c>
       <c r="AQ57" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="58">
       <c r="A58"/>
       <c r="B58"/>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58"/>
       <c r="G58"/>
       <c r="H58"/>
       <c r="I58" t="s">
         <v>135</v>
       </c>
       <c r="J58" t="s">
         <v>136</v>
       </c>
       <c r="K58" t="s">
         <v>135</v>