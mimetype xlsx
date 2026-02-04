--- v0 (2025-12-13)
+++ v1 (2026-02-04)
@@ -29,107 +29,107 @@
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="142" uniqueCount="142">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XIX сесія VII скликання</t>
   </si>
   <si>
     <t>Бродівська міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Майброда Ігор Володимирович</t>
   </si>
   <si>
+    <t>Семенюк Людмила Йосипівна</t>
+  </si>
+  <si>
     <t>Маєвич Юрій Васильович</t>
   </si>
   <si>
+    <t>Сержан Юрій Васильович</t>
+  </si>
+  <si>
+    <t>Скорик Григорій Дмитрович</t>
+  </si>
+  <si>
     <t>Дудчак Андрій Богданович</t>
   </si>
   <si>
     <t>Белей Анатолій Андрійович</t>
   </si>
   <si>
     <t>Гайченя Іван Іванович</t>
   </si>
   <si>
     <t>Преснер Василь Казимирович</t>
   </si>
   <si>
     <t>Нос Тарас Михайлович</t>
   </si>
   <si>
     <t>Левус Іван Володимирович</t>
   </si>
   <si>
     <t>Бакай Світлана Василівна</t>
   </si>
   <si>
     <t>Габрилюк Юрій Тарасович</t>
   </si>
   <si>
     <t>Кулієвич Світлана Петрівна</t>
   </si>
   <si>
     <t>Кравчук Юрій Омельянович</t>
   </si>
   <si>
     <t>Біль Валентина Іванівна</t>
   </si>
   <si>
     <t>Казмірчук Олег Ярославович</t>
   </si>
   <si>
     <t>Олеха Ірина Маркіянівна</t>
   </si>
   <si>
     <t>Бакай Микола Павлович</t>
   </si>
   <si>
     <t>Ангеляшко Сергій Михайлович</t>
   </si>
   <si>
-    <t>Семенюк Людмила Йосипівна</t>
-[...7 lines deleted...]
-  <si>
     <t>Тимусь Мирослав Ярославович</t>
   </si>
   <si>
     <t>Фігун Андрій Степанович</t>
   </si>
   <si>
     <t>Чабуркіна Галина Степанівна</t>
   </si>
   <si>
     <t>Чунгін Михайло Петрович</t>
   </si>
   <si>
     <t>Шелест Людмила Василівна</t>
   </si>
   <si>
     <t>Шира Степан Васильович</t>
   </si>
   <si>
     <t>Старик Михайло Іванович</t>
   </si>
   <si>
     <t>28.03.17  13:09:22</t>
   </si>
   <si>
     <t>За основу</t>
@@ -392,54 +392,54 @@
   <si>
     <t>За: 8</t>
   </si>
   <si>
     <t>За: 26</t>
   </si>
   <si>
     <t>За: 35</t>
   </si>
   <si>
     <t>За: 42</t>
   </si>
   <si>
     <t>За: 28</t>
   </si>
   <si>
     <t>Проти: 5</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
+    <t>Утр.: 3</t>
+  </si>
+  <si>
     <t>Утр.: 2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Утр.: 3</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Не голос.: 5</t>
   </si>
   <si>
     <t>Не голос.: 4</t>
   </si>
   <si>
     <t>Не голос.: 34</t>
   </si>
   <si>
     <t>Не голос.: 6</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
     <t>Не голос.: 44</t>
   </si>
@@ -683,75 +683,75 @@
       <c r="E2" t="s">
         <v>34</v>
       </c>
       <c r="F2" t="s">
         <v>35</v>
       </c>
       <c r="G2" t="s">
         <v>36</v>
       </c>
       <c r="H2" t="s">
         <v>37</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="N2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="O2" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P2" t="s" s="5">
         <v>40</v>
       </c>
-      <c r="N2" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="Q2" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U2" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>41</v>
       </c>
@@ -795,72 +795,72 @@
       <c r="F3" t="s">
         <v>44</v>
       </c>
       <c r="G3" t="s">
         <v>36</v>
       </c>
       <c r="H3" t="s">
         <v>37</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q3" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>39</v>
       </c>
@@ -904,72 +904,72 @@
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4" t="s">
         <v>36</v>
       </c>
       <c r="H4" t="s">
         <v>37</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q4" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>39</v>
       </c>
@@ -1013,72 +1013,72 @@
       <c r="F5" t="s">
         <v>49</v>
       </c>
       <c r="G5" t="s">
         <v>50</v>
       </c>
       <c r="H5" t="s">
         <v>37</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q5" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R5" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>39</v>
       </c>
@@ -1122,72 +1122,72 @@
       <c r="F6" t="s">
         <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="H6" t="s">
         <v>37</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q6" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R6" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S6" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>39</v>
       </c>
@@ -1231,72 +1231,72 @@
       <c r="F7" t="s">
         <v>49</v>
       </c>
       <c r="G7" t="s">
         <v>50</v>
       </c>
       <c r="H7" t="s">
         <v>37</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q7" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S7" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>39</v>
       </c>
@@ -1338,72 +1338,72 @@
       <c r="F8" t="s">
         <v>49</v>
       </c>
       <c r="G8" t="s">
         <v>50</v>
       </c>
       <c r="H8" t="s">
         <v>37</v>
       </c>
       <c r="I8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q8" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R8" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S8" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U8" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>39</v>
       </c>
@@ -1445,66 +1445,66 @@
       <c r="F9" t="s">
         <v>49</v>
       </c>
       <c r="G9" t="s">
         <v>50</v>
       </c>
       <c r="H9" t="s">
         <v>37</v>
       </c>
       <c r="I9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q9" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S9" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>39</v>
       </c>
@@ -1549,96 +1549,96 @@
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>52</v>
       </c>
       <c r="G10" t="s">
         <v>50</v>
       </c>
       <c r="H10" t="s">
         <v>37</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M10" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="N10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q10" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S10" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB10" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
@@ -1661,72 +1661,72 @@
       <c r="F11" t="s">
         <v>52</v>
       </c>
       <c r="G11" t="s">
         <v>50</v>
       </c>
       <c r="H11" t="s">
         <v>37</v>
       </c>
       <c r="I11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N11" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P11" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q11" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R11" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S11" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U11" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>39</v>
       </c>
@@ -1770,72 +1770,72 @@
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>50</v>
       </c>
       <c r="H12" t="s">
         <v>62</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N12" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q12" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="R12" t="s" s="5">
         <v>63</v>
       </c>
-      <c r="P12" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="S12" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U12" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>39</v>
       </c>
@@ -1879,72 +1879,72 @@
       <c r="F13" t="s">
         <v>44</v>
       </c>
       <c r="G13" t="s">
         <v>50</v>
       </c>
       <c r="H13" t="s">
         <v>37</v>
       </c>
       <c r="I13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N13" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P13" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q13" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R13" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S13" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U13" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>39</v>
       </c>
@@ -1988,72 +1988,72 @@
       <c r="F14" t="s">
         <v>52</v>
       </c>
       <c r="G14" t="s">
         <v>50</v>
       </c>
       <c r="H14" t="s">
         <v>37</v>
       </c>
       <c r="I14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N14" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P14" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q14" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R14" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S14" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U14" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>39</v>
       </c>
@@ -2097,72 +2097,72 @@
       <c r="F15" t="s">
         <v>52</v>
       </c>
       <c r="G15" t="s">
         <v>50</v>
       </c>
       <c r="H15" t="s">
         <v>37</v>
       </c>
       <c r="I15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N15" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P15" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q15" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R15" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S15" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U15" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>39</v>
       </c>
@@ -2206,72 +2206,72 @@
       <c r="F16" t="s">
         <v>49</v>
       </c>
       <c r="G16" t="s">
         <v>50</v>
       </c>
       <c r="H16" t="s">
         <v>37</v>
       </c>
       <c r="I16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N16" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P16" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q16" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R16" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S16" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U16" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>39</v>
       </c>
@@ -2303,105 +2303,105 @@
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>408Про затвердження технічної документації із землеустрою та передачу земельної ділянки у власність гр. Білинському В.Я. по вул. Енергетичній, 2А.</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>48</v>
       </c>
       <c r="E17" t="s">
         <v>69</v>
       </c>
       <c r="F17" t="s">
         <v>70</v>
       </c>
       <c r="G17" t="s">
         <v>71</v>
       </c>
       <c r="H17" t="s">
         <v>72</v>
       </c>
       <c r="I17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J17" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="K17" t="s" s="5">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="L17" t="s" s="5">
         <v>63</v>
       </c>
       <c r="M17" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N17" t="s" s="5">
+        <v>63</v>
+      </c>
+      <c r="O17" t="s" s="5">
+        <v>63</v>
+      </c>
+      <c r="P17" t="s" s="5">
         <v>40</v>
       </c>
-      <c r="N17" t="s" s="5">
-[...2 lines deleted...]
-      <c r="O17" t="s" s="5">
+      <c r="Q17" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="R17" t="s" s="5">
         <v>40</v>
       </c>
-      <c r="P17" t="s" s="5">
-[...2 lines deleted...]
-      <c r="Q17" t="s" s="5">
+      <c r="S17" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="T17" t="s" s="5">
         <v>63</v>
       </c>
-      <c r="R17" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="U17" t="s" s="5">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>63</v>
       </c>
       <c r="W17" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X17" t="s" s="5">
         <v>63</v>
       </c>
-      <c r="X17" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="Y17" t="s" s="5">
+        <v>63</v>
+      </c>
+      <c r="Z17" t="s" s="5">
+        <v>63</v>
+      </c>
+      <c r="AA17" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AB17" t="s" s="5">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>63</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>63</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
@@ -2424,84 +2424,84 @@
       <c r="F18" t="s">
         <v>44</v>
       </c>
       <c r="G18" t="s">
         <v>50</v>
       </c>
       <c r="H18" t="s">
         <v>37</v>
       </c>
       <c r="I18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N18" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P18" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q18" t="s" s="5">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="R18" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S18" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T18" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U18" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V18" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="W18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>39</v>
       </c>
@@ -2533,84 +2533,84 @@
       <c r="F19" t="s">
         <v>52</v>
       </c>
       <c r="G19" t="s">
         <v>50</v>
       </c>
       <c r="H19" t="s">
         <v>37</v>
       </c>
       <c r="I19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N19" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P19" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q19" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R19" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S19" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U19" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V19" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="W19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>39</v>
       </c>
@@ -2642,87 +2642,87 @@
       <c r="F20" t="s">
         <v>35</v>
       </c>
       <c r="G20" t="s">
         <v>50</v>
       </c>
       <c r="H20" t="s">
         <v>37</v>
       </c>
       <c r="I20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N20" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P20" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q20" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R20" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S20" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U20" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V20" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="W20" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="X20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="Z20" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>39</v>
       </c>
@@ -2745,96 +2745,96 @@
       <c r="D21" t="s">
         <v>33</v>
       </c>
       <c r="E21" t="s">
         <v>34</v>
       </c>
       <c r="F21" t="s">
         <v>49</v>
       </c>
       <c r="G21" t="s">
         <v>50</v>
       </c>
       <c r="H21" t="s">
         <v>37</v>
       </c>
       <c r="I21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L21" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="M21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N21" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P21" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q21" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S21" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA21" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>39</v>
       </c>
@@ -2860,66 +2860,66 @@
       <c r="F22" t="s">
         <v>49</v>
       </c>
       <c r="G22" t="s">
         <v>50</v>
       </c>
       <c r="H22" t="s">
         <v>37</v>
       </c>
       <c r="I22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N22" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P22" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q22" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S22" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>39</v>
       </c>
@@ -2957,105 +2957,105 @@
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
           <t>414п.3 рішення надати дозвіл громадянам м. Броди ( додаток 1)  та учасникам і членам сімей учасників АТО ( додаток 2 )</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>43</v>
       </c>
       <c r="E23" t="s">
         <v>69</v>
       </c>
       <c r="F23" t="s">
         <v>79</v>
       </c>
       <c r="G23" t="s">
         <v>80</v>
       </c>
       <c r="H23" t="s">
         <v>81</v>
       </c>
       <c r="I23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J23" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K23" t="s" s="5">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="L23" t="s" s="5">
         <v>63</v>
       </c>
       <c r="M23" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N23" t="s" s="5">
         <v>63</v>
       </c>
-      <c r="N23" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="O23" t="s" s="5">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="P23" t="s" s="5">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="Q23" t="s" s="5">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="R23" t="s" s="5">
-        <v>63</v>
+        <v>39</v>
       </c>
       <c r="S23" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="T23" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>63</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W23" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X23" t="s" s="5">
+        <v>63</v>
+      </c>
+      <c r="Y23" t="s" s="5">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AB23" t="s" s="5">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI23" t="s" s="5">
         <v>63</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
@@ -3064,105 +3064,105 @@
       <c r="B24" t="s">
         <v>82</v>
       </c>
       <c r="C24" t="s" s="4">
         <v>83</v>
       </c>
       <c r="D24" t="s">
         <v>43</v>
       </c>
       <c r="E24" t="s">
         <v>69</v>
       </c>
       <c r="F24" t="s">
         <v>84</v>
       </c>
       <c r="G24" t="s">
         <v>85</v>
       </c>
       <c r="H24" t="s">
         <v>86</v>
       </c>
       <c r="I24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J24" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="K24" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="L24" t="s" s="5">
+        <v>63</v>
+      </c>
+      <c r="M24" t="s" s="5">
         <v>40</v>
       </c>
-      <c r="L24" t="s" s="5">
+      <c r="N24" t="s" s="5">
         <v>40</v>
       </c>
-      <c r="M24" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="O24" t="s" s="5">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="P24" t="s" s="5">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q24" t="s" s="5">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>63</v>
       </c>
       <c r="S24" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="T24" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U24" t="s" s="5">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Z24" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AA24" t="s" s="5">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="AB24" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>63</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
@@ -3173,102 +3173,102 @@
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>416Про затвердження детального плану території земельної ділянки для розташування кварталу житлової забудови в районі вулиць Цегельна- Тарнавського в місті Броди та надання дозволу на відведення земельних ділянок для індивідуального житлового будівництва.</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>46</v>
       </c>
       <c r="E25" t="s">
         <v>34</v>
       </c>
       <c r="F25" t="s">
         <v>88</v>
       </c>
       <c r="G25" t="s">
         <v>50</v>
       </c>
       <c r="H25" t="s">
         <v>86</v>
       </c>
       <c r="I25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="K25" t="s" s="5">
         <v>63</v>
       </c>
-      <c r="K25" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="L25" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="M25" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="N25" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P25" t="s" s="5">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q25" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S25" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="U25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="V25" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="W25" t="s" s="5">
         <v>63</v>
       </c>
-      <c r="U25" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="X25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA25" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>63</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>63</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>39</v>
       </c>
@@ -3291,84 +3291,84 @@
       <c r="E26" t="s">
         <v>34</v>
       </c>
       <c r="F26" t="s">
         <v>44</v>
       </c>
       <c r="G26" t="s">
         <v>50</v>
       </c>
       <c r="H26" t="s">
         <v>37</v>
       </c>
       <c r="I26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M26" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="N26" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P26" t="s" s="5">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q26" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S26" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U26" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="Y26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>41</v>
       </c>
@@ -3400,84 +3400,84 @@
       <c r="E27" t="s">
         <v>34</v>
       </c>
       <c r="F27" t="s">
         <v>44</v>
       </c>
       <c r="G27" t="s">
         <v>50</v>
       </c>
       <c r="H27" t="s">
         <v>37</v>
       </c>
       <c r="I27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M27" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="N27" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P27" t="s" s="5">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q27" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S27" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U27" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>41</v>
       </c>
@@ -3509,84 +3509,84 @@
       <c r="E28" t="s">
         <v>34</v>
       </c>
       <c r="F28" t="s">
         <v>35</v>
       </c>
       <c r="G28" t="s">
         <v>50</v>
       </c>
       <c r="H28" t="s">
         <v>37</v>
       </c>
       <c r="I28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M28" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="N28" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P28" t="s" s="5">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="Q28" t="s" s="5">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="R28" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S28" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T28" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>39</v>
       </c>
@@ -3621,72 +3621,72 @@
       <c r="F29" t="s">
         <v>49</v>
       </c>
       <c r="G29" t="s">
         <v>50</v>
       </c>
       <c r="H29" t="s">
         <v>37</v>
       </c>
       <c r="I29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N29" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P29" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q29" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R29" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S29" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U29" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>39</v>
       </c>
@@ -3721,96 +3721,96 @@
           <t>421Про надання дозволу на розробку проекту землеустрою щодо відведення земельних ділянок по вул. Й.Рота для будівництва індивідуальних житлових будинків.</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>48</v>
       </c>
       <c r="E30" t="s">
         <v>34</v>
       </c>
       <c r="F30" t="s">
         <v>88</v>
       </c>
       <c r="G30" t="s">
         <v>94</v>
       </c>
       <c r="H30" t="s">
         <v>37</v>
       </c>
       <c r="I30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="K30" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="L30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N30" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P30" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q30" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R30" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S30" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T30" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="U30" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W30" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z30" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>39</v>
       </c>
@@ -3839,78 +3839,78 @@
       <c r="F31" t="s">
         <v>52</v>
       </c>
       <c r="G31" t="s">
         <v>50</v>
       </c>
       <c r="H31" t="s">
         <v>37</v>
       </c>
       <c r="I31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N31" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P31" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q31" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S31" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T31" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W31" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>39</v>
       </c>
@@ -3948,78 +3948,78 @@
       <c r="F32" t="s">
         <v>35</v>
       </c>
       <c r="G32" t="s">
         <v>50</v>
       </c>
       <c r="H32" t="s">
         <v>37</v>
       </c>
       <c r="I32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N32" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P32" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q32" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R32" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S32" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T32" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="U32" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W32" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>39</v>
       </c>
@@ -4057,78 +4057,78 @@
       <c r="F33" t="s">
         <v>35</v>
       </c>
       <c r="G33" t="s">
         <v>50</v>
       </c>
       <c r="H33" t="s">
         <v>37</v>
       </c>
       <c r="I33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N33" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P33" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q33" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R33" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S33" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T33" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="U33" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>41</v>
       </c>
@@ -4166,78 +4166,78 @@
       <c r="F34" t="s">
         <v>44</v>
       </c>
       <c r="G34" t="s">
         <v>50</v>
       </c>
       <c r="H34" t="s">
         <v>37</v>
       </c>
       <c r="I34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N34" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P34" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q34" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R34" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S34" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T34" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="U34" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W34" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>39</v>
       </c>
@@ -4275,78 +4275,78 @@
       <c r="F35" t="s">
         <v>44</v>
       </c>
       <c r="G35" t="s">
         <v>50</v>
       </c>
       <c r="H35" t="s">
         <v>37</v>
       </c>
       <c r="I35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N35" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P35" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q35" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R35" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S35" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T35" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="U35" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W35" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>39</v>
       </c>
@@ -4375,99 +4375,99 @@
           <t>427Про надання дозволу на виготовлення проектів землеустрою щодо відведеня земельних ділянок для будівництва та обслуговування гаражів в районі вулиці Й.Рота.</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>34</v>
       </c>
       <c r="F36" t="s">
         <v>101</v>
       </c>
       <c r="G36" t="s">
         <v>50</v>
       </c>
       <c r="H36" t="s">
         <v>37</v>
       </c>
       <c r="I36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K36" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="L36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N36" t="s" s="5">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="O36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P36" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q36" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R36" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S36" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T36" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U36" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W36" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA36" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI36" t="s" s="5">
         <v>39</v>
       </c>
@@ -4484,90 +4484,90 @@
           <t>428в додатку під № 62 Братащук Віталій Васильович виключити, включити Лисак Михайло Іванович, проживає Храпая 1/10</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="E37" t="s">
         <v>34</v>
       </c>
       <c r="F37" t="s">
         <v>103</v>
       </c>
       <c r="G37" t="s">
         <v>36</v>
       </c>
       <c r="H37" t="s">
         <v>37</v>
       </c>
       <c r="I37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K37" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="L37" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="M37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N37" t="s" s="5">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="O37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P37" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q37" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="R37" t="s" s="5">
         <v>40</v>
       </c>
-      <c r="P37" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="S37" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T37" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U37" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W37" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X37" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>38</v>
       </c>
@@ -4593,99 +4593,99 @@
           <t>429Про надання дозволу на виготовлення проектів землеустрою щодо відведеня земельних ділянок для будівництва та обслуговування гаражів в районі вулиці Й.Рота.</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>46</v>
       </c>
       <c r="E38" t="s">
         <v>34</v>
       </c>
       <c r="F38" t="s">
         <v>88</v>
       </c>
       <c r="G38" t="s">
         <v>50</v>
       </c>
       <c r="H38" t="s">
         <v>37</v>
       </c>
       <c r="I38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K38" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="L38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N38" t="s" s="5">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="O38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P38" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q38" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R38" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S38" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T38" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U38" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W38" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA38" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>39</v>
       </c>
@@ -4711,78 +4711,78 @@
       <c r="F39" t="s">
         <v>44</v>
       </c>
       <c r="G39" t="s">
         <v>50</v>
       </c>
       <c r="H39" t="s">
         <v>37</v>
       </c>
       <c r="I39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N39" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P39" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q39" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R39" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S39" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T39" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U39" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W39" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>39</v>
       </c>
@@ -4818,78 +4818,78 @@
       <c r="F40" t="s">
         <v>44</v>
       </c>
       <c r="G40" t="s">
         <v>50</v>
       </c>
       <c r="H40" t="s">
         <v>37</v>
       </c>
       <c r="I40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N40" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P40" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q40" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R40" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S40" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T40" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U40" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W40" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>39</v>
       </c>
@@ -4927,78 +4927,78 @@
       <c r="F41" t="s">
         <v>44</v>
       </c>
       <c r="G41" t="s">
         <v>50</v>
       </c>
       <c r="H41" t="s">
         <v>37</v>
       </c>
       <c r="I41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N41" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P41" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q41" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R41" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S41" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T41" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U41" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W41" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>39</v>
       </c>
@@ -5036,78 +5036,78 @@
       <c r="F42" t="s">
         <v>44</v>
       </c>
       <c r="G42" t="s">
         <v>50</v>
       </c>
       <c r="H42" t="s">
         <v>37</v>
       </c>
       <c r="I42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q42" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R42" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S42" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U42" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W42" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>39</v>
       </c>
@@ -5133,90 +5133,90 @@
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>434Про відмову у наданні дозволу на виготовлення проектів відведень земельних ділянок для передачі у власність для будівництва житлових будинків, господарських будівель і споруд на території міста Броди.</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>48</v>
       </c>
       <c r="E43" t="s">
         <v>34</v>
       </c>
       <c r="F43" t="s">
         <v>88</v>
       </c>
       <c r="G43" t="s">
         <v>50</v>
       </c>
       <c r="H43" t="s">
         <v>62</v>
       </c>
       <c r="I43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J43" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="K43" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="L43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N43" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O43" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="P43" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Q43" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="R43" t="s" s="5">
         <v>63</v>
       </c>
-      <c r="P43" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="S43" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T43" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U43" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W43" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>41</v>
       </c>
@@ -5242,99 +5242,99 @@
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
           <t>435Про надання дозволу на виготовлення детального плану території земельної ділянки в м. Броди по вул. Руській 12</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>48</v>
       </c>
       <c r="E44" t="s">
         <v>34</v>
       </c>
       <c r="F44" t="s">
         <v>35</v>
       </c>
       <c r="G44" t="s">
         <v>50</v>
       </c>
       <c r="H44" t="s">
         <v>37</v>
       </c>
       <c r="I44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J44" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="K44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N44" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P44" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q44" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R44" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S44" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T44" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U44" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W44" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z44" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>39</v>
       </c>
@@ -5363,78 +5363,78 @@
       <c r="F45" t="s">
         <v>35</v>
       </c>
       <c r="G45" t="s">
         <v>50</v>
       </c>
       <c r="H45" t="s">
         <v>37</v>
       </c>
       <c r="I45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="J45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="K45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="N45" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="O45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P45" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q45" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R45" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="S45" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="T45" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="U45" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W45" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>39</v>
       </c>
@@ -5445,451 +5445,451 @@
         <v>39</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI45" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="46">
       <c r="A46"/>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46"/>
       <c r="I46" t="s">
         <v>113</v>
       </c>
       <c r="J46" t="s">
         <v>114</v>
       </c>
       <c r="K46" t="s">
+        <v>114</v>
+      </c>
+      <c r="L46" t="s">
         <v>115</v>
       </c>
-      <c r="L46" t="s">
+      <c r="M46" t="s">
+        <v>114</v>
+      </c>
+      <c r="N46" t="s">
+        <v>115</v>
+      </c>
+      <c r="O46" t="s">
         <v>116</v>
       </c>
-      <c r="M46" t="s">
+      <c r="P46" t="s">
         <v>117</v>
       </c>
-      <c r="N46" t="s">
+      <c r="Q46" t="s">
         <v>113</v>
       </c>
-      <c r="O46" t="s">
+      <c r="R46" t="s">
         <v>118</v>
       </c>
-      <c r="P46" t="s">
+      <c r="S46" t="s">
         <v>113</v>
       </c>
-      <c r="Q46" t="s">
+      <c r="T46" t="s">
         <v>118</v>
       </c>
-      <c r="R46" t="s">
+      <c r="U46" t="s">
         <v>119</v>
       </c>
-      <c r="S46" t="s">
+      <c r="V46" t="s">
         <v>116</v>
       </c>
-      <c r="T46" t="s">
+      <c r="W46" t="s">
         <v>120</v>
       </c>
-      <c r="U46" t="s">
+      <c r="X46" t="s">
         <v>115</v>
       </c>
-      <c r="V46" t="s">
+      <c r="Y46" t="s">
         <v>115</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
       <c r="Z46" t="s">
         <v>114</v>
       </c>
       <c r="AA46" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="AB46" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="AC46" t="s">
         <v>114</v>
       </c>
       <c r="AD46" t="s">
         <v>113</v>
       </c>
       <c r="AE46" t="s">
         <v>121</v>
       </c>
       <c r="AF46" t="s">
         <v>44</v>
       </c>
       <c r="AG46" t="s">
         <v>122</v>
       </c>
       <c r="AH46" t="s">
         <v>123</v>
       </c>
       <c r="AI46" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="47">
       <c r="A47"/>
       <c r="B47"/>
       <c r="C47"/>
       <c r="D47"/>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47"/>
       <c r="I47" t="s">
         <v>50</v>
       </c>
       <c r="J47" t="s">
+        <v>36</v>
+      </c>
+      <c r="K47" t="s">
         <v>50</v>
       </c>
-      <c r="K47" t="s">
+      <c r="L47" t="s">
+        <v>50</v>
+      </c>
+      <c r="M47" t="s">
         <v>36</v>
       </c>
-      <c r="L47" t="s">
+      <c r="N47" t="s">
         <v>36</v>
       </c>
-      <c r="M47" t="s">
+      <c r="O47" t="s">
+        <v>36</v>
+      </c>
+      <c r="P47" t="s">
         <v>94</v>
-      </c>
-[...7 lines deleted...]
-        <v>50</v>
       </c>
       <c r="Q47" t="s">
         <v>50</v>
       </c>
       <c r="R47" t="s">
+        <v>94</v>
+      </c>
+      <c r="S47" t="s">
         <v>50</v>
       </c>
-      <c r="S47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T47" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="U47" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="V47" t="s">
         <v>94</v>
       </c>
       <c r="W47" t="s">
+        <v>36</v>
+      </c>
+      <c r="X47" t="s">
+        <v>36</v>
+      </c>
+      <c r="Y47" t="s">
         <v>94</v>
       </c>
-      <c r="X47" t="s">
+      <c r="Z47" t="s">
         <v>94</v>
       </c>
-      <c r="Y47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AA47" t="s">
-        <v>50</v>
+        <v>94</v>
       </c>
       <c r="AB47" t="s">
         <v>36</v>
       </c>
       <c r="AC47" t="s">
         <v>50</v>
       </c>
       <c r="AD47" t="s">
         <v>50</v>
       </c>
       <c r="AE47" t="s">
         <v>94</v>
       </c>
       <c r="AF47" t="s">
         <v>94</v>
       </c>
       <c r="AG47" t="s">
         <v>94</v>
       </c>
       <c r="AH47" t="s">
         <v>124</v>
       </c>
       <c r="AI47" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="48">
       <c r="A48"/>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48" t="s">
         <v>125</v>
       </c>
       <c r="J48" t="s">
+        <v>125</v>
+      </c>
+      <c r="K48" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="L48" t="s">
         <v>127</v>
       </c>
       <c r="M48" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N48" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="O48" t="s">
         <v>128</v>
       </c>
       <c r="P48" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q48" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="R48" t="s">
         <v>127</v>
       </c>
       <c r="S48" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T48" t="s">
         <v>126</v>
       </c>
       <c r="U48" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="V48" t="s">
         <v>126</v>
       </c>
       <c r="W48" t="s">
         <v>126</v>
       </c>
       <c r="X48" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="Y48" t="s">
         <v>126</v>
       </c>
       <c r="Z48" t="s">
+        <v>126</v>
+      </c>
+      <c r="AA48" t="s">
         <v>125</v>
       </c>
-      <c r="AA48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB48" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AC48" t="s">
         <v>126</v>
       </c>
       <c r="AD48" t="s">
         <v>125</v>
       </c>
       <c r="AE48" t="s">
         <v>126</v>
       </c>
       <c r="AF48" t="s">
         <v>126</v>
       </c>
       <c r="AG48" t="s">
         <v>125</v>
       </c>
       <c r="AH48" t="s">
         <v>125</v>
       </c>
       <c r="AI48" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="49">
       <c r="A49"/>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
       <c r="G49"/>
       <c r="H49"/>
       <c r="I49" t="s">
         <v>129</v>
       </c>
       <c r="J49" t="s">
         <v>130</v>
       </c>
       <c r="K49" t="s">
         <v>130</v>
       </c>
       <c r="L49" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M49" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="N49" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="O49" t="s">
         <v>129</v>
       </c>
       <c r="P49" t="s">
+        <v>131</v>
+      </c>
+      <c r="Q49" t="s">
         <v>129</v>
       </c>
-      <c r="Q49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R49" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="S49" t="s">
         <v>129</v>
       </c>
       <c r="T49" t="s">
+        <v>132</v>
+      </c>
+      <c r="U49" t="s">
+        <v>133</v>
+      </c>
+      <c r="V49" t="s">
+        <v>129</v>
+      </c>
+      <c r="W49" t="s">
         <v>134</v>
-      </c>
-[...7 lines deleted...]
-        <v>135</v>
       </c>
       <c r="X49" t="s">
         <v>130</v>
       </c>
       <c r="Y49" t="s">
+        <v>130</v>
+      </c>
+      <c r="Z49" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="AA49" t="s">
         <v>130</v>
       </c>
       <c r="AB49" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="AC49" t="s">
         <v>130</v>
       </c>
       <c r="AD49" t="s">
         <v>136</v>
       </c>
       <c r="AE49" t="s">
         <v>134</v>
       </c>
       <c r="AF49" t="s">
         <v>134</v>
       </c>
       <c r="AG49" t="s">
         <v>129</v>
       </c>
       <c r="AH49" t="s">
         <v>137</v>
       </c>
       <c r="AI49" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="50">
       <c r="A50"/>
       <c r="B50"/>
       <c r="C50"/>
       <c r="D50"/>
       <c r="E50"/>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50"/>
       <c r="I50" t="s">
         <v>138</v>
       </c>
       <c r="J50" t="s">
         <v>139</v>
       </c>
       <c r="K50" t="s">
         <v>139</v>
       </c>
       <c r="L50" t="s">
         <v>139</v>
       </c>
       <c r="M50" t="s">
         <v>139</v>
       </c>
       <c r="N50" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="O50" t="s">
         <v>139</v>
       </c>
       <c r="P50" t="s">
+        <v>139</v>
+      </c>
+      <c r="Q50" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="R50" t="s">
         <v>139</v>
       </c>
       <c r="S50" t="s">
+        <v>138</v>
+      </c>
+      <c r="T50" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="U50" t="s">
         <v>139</v>
       </c>
       <c r="V50" t="s">
         <v>139</v>
       </c>
       <c r="W50" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="X50" t="s">
         <v>139</v>
       </c>
       <c r="Y50" t="s">
         <v>139</v>
       </c>
       <c r="Z50" t="s">
         <v>139</v>
       </c>
       <c r="AA50" t="s">
         <v>139</v>
       </c>
       <c r="AB50" t="s">
         <v>139</v>
       </c>
       <c r="AC50" t="s">
         <v>139</v>
       </c>
       <c r="AD50" t="s">
         <v>139</v>
       </c>
       <c r="AE50" t="s">
         <v>139</v>
       </c>